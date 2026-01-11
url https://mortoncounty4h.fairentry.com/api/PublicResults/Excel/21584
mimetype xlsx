--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218367cbab6c41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17aae7cbfea64b01afdbef40b0df4d35.psmdcp" Id="R1e80ee56fb4d4fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f05fbbf21e4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8505cadf21c34ecf93afb03883bdb01c.psmdcp" Id="R714e2abe0dca4481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Horse..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1858" uniqueCount="1858">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -4055,51 +4055,51 @@
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horseless Horse Skills  /  Y015002: Horseless Horse Skills Level 2</x:t>
   </x:si>
   <x:si>
     <x:t>181</x:t>
   </x:si>
   <x:si>
     <x:t>Eickenbrock, Ruby</x:t>
   </x:si>
   <x:si>
     <x:t>774</x:t>
   </x:si>
   <x:si>
     <x:t>Undecided - please contact me - Anoka County</x:t>
   </x:si>
   <x:si>
     <x:t>904</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horseless Horse Skills  /  Y015003: Horseless Horse Skills Level 3</x:t>
   </x:si>
   <x:si>
     <x:t>1867</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014001: Showmanship Gr. 9+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014001: Miniature - Showmanship Gr. 9+</x:t>
   </x:si>
   <x:si>
     <x:t>Kuklok, Natalee</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>Kindom, Sophia</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Dvorak, Mackenzie </x:t>
   </x:si>
   <x:si>
     <x:t>125</x:t>
   </x:si>
   <x:si>
     <x:t>Central MN Llama Club</x:t>
   </x:si>
   <x:si>
     <x:t>183</x:t>
   </x:si>
@@ -4559,63 +4559,63 @@
   <x:si>
     <x:t>Wuertz, Bennet</x:t>
   </x:si>
   <x:si>
     <x:t>380</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014019: Roadster Gr. 9+</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
     <x:t>325</x:t>
   </x:si>
   <x:si>
     <x:t>588</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014020: Roadster Gr. 6-8</x:t>
   </x:si>
   <x:si>
     <x:t>177</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007001: Horse - Showmanship - English</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007001: Showmanship - English</x:t>
   </x:si>
   <x:si>
     <x:t>Dolezal, Sophie</x:t>
   </x:si>
   <x:si>
     <x:t>2570</x:t>
   </x:si>
   <x:si>
     <x:t>2581</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007002: Horse - Showmanship - Western, Pleasure Type, Grades 10+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007002: Showmanship - Western, Pleasure Type, Grades 10+</x:t>
   </x:si>
   <x:si>
     <x:t>Adams, Lily</x:t>
   </x:si>
   <x:si>
     <x:t>2178</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007003: Horse - Showmanship - Western, Pleasure Type, Grades 6-9</x:t>
   </x:si>
   <x:si>
     <x:t>798</x:t>
   </x:si>
   <x:si>
     <x:t>1009</x:t>
   </x:si>
   <x:si>
     <x:t>638</x:t>
   </x:si>
   <x:si>
     <x:t>Nelson , Eliana</x:t>
   </x:si>
   <x:si>
     <x:t>2735</x:t>
   </x:si>